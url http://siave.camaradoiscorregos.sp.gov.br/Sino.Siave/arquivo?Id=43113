--- v0 (2025-10-21)
+++ v1 (2025-12-17)
@@ -5,54 +5,54 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\BrunaCristinaMarques\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\BrunaCristinaMarques\AppData\Local\Temp\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{954BC1E4-3B70-477F-B322-D41A1284AEA8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{022054CB-4D1B-4B0D-9C1B-C4C0A5F3FAD8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{258E08CB-EC68-4A56-B92C-174DE096E644}"/>
   </bookViews>
   <sheets>
     <sheet name="Planilha1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C24" i="1" l="1"/>
   <c r="D46" i="1"/>
   <c r="D72" i="1"/>
   <c r="D15" i="1"/>
   <c r="C11" i="1"/>
   <c r="C38" i="1"/>
   <c r="C64" i="1"/>
   <c r="D79" i="1"/>
@@ -745,51 +745,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E4B71C59-2294-4856-A6EC-A61462CF612B}">
   <dimension ref="B1:L79"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C25" sqref="C25"/>
+      <selection activeCell="D34" sqref="D34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="3" max="3" width="13.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.28515625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:12" x14ac:dyDescent="0.25">
       <c r="B1" s="10" t="s">
         <v>31</v>
       </c>
       <c r="C1" s="10"/>
       <c r="D1" s="10"/>
       <c r="E1" s="10"/>
       <c r="F1" s="10"/>
       <c r="G1" s="10"/>
       <c r="H1" s="10"/>
       <c r="I1" s="10"/>
       <c r="J1" s="10"/>
       <c r="K1" s="10"/>
       <c r="L1" s="10"/>
     </row>
     <row r="2" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="H2" t="s">
@@ -1333,50 +1333,51 @@
       </c>
       <c r="C75" s="12">
         <f>D72/26*4</f>
         <v>116.95282051282052</v>
       </c>
     </row>
     <row r="77" spans="2:7" x14ac:dyDescent="0.25">
       <c r="C77" s="15" t="s">
         <v>27</v>
       </c>
       <c r="D77" s="16">
         <f>C64+D72+C75</f>
         <v>7463.4261538461542</v>
       </c>
     </row>
     <row r="79" spans="2:7" x14ac:dyDescent="0.25">
       <c r="C79" s="18" t="s">
         <v>30</v>
       </c>
       <c r="D79" s="19">
         <f>C24+D51-D77</f>
         <v>163.91902666666647</v>
       </c>
     </row>
   </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="zkQL0ReQ2hK2EoibpA9JOV6kGDyYyUf+EJlqFsGkCQz1JoxGanA/JYtWEXceP/hFSdsAIoFcboenHEoajeD+FA==" saltValue="SPsqcwUXjmMLOKXv66dTyA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.511811024" right="0.511811024" top="0.78740157499999996" bottom="0.78740157499999996" header="0.31496062000000002" footer="0.31496062000000002"/>
   <pageSetup paperSize="0" scale="44" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Planilhas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Planilha1</vt:lpstr>
     </vt:vector>